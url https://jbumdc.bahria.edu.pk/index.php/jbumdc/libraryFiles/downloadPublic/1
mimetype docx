--- v0 (2025-10-08)
+++ v1 (2026-03-09)
@@ -7246,2105 +7246,2302 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DB21794" w14:textId="77777777" w:rsidR="00B03B89" w:rsidRDefault="00B03B89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="543F4070" w14:textId="77777777" w:rsidR="00B03B89" w:rsidRDefault="00B03B89" w:rsidP="00C13C6A">
-[...14 lines deleted...]
-    <w:p w14:paraId="729DC96E" w14:textId="77777777" w:rsidR="00875ED3" w:rsidRPr="007E36D7" w:rsidRDefault="00875ED3" w:rsidP="0068673E">
+    <w:p w14:paraId="2A45642B" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="0068673E" w:rsidP="0068673E">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:ind w:right="316"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="007E36D7">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>AUTHOR’S CHECKLIST</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43208BFB" w14:textId="77777777" w:rsidR="0078640A" w:rsidRPr="007E36D7" w:rsidRDefault="0078640A" w:rsidP="0078640A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52A6E52A" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="0068673E">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="316"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E36D7">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>To be filled and submitted by the Corresponding Author at the time of article submission</w:t>
       </w:r>
       <w:r w:rsidR="00D2487B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> at JBUMDC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B252F3" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00E34FFF">
-[...24 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="4970" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="812"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1235"/>
+        <w:gridCol w:w="807"/>
+        <w:gridCol w:w="8235"/>
+        <w:gridCol w:w="1226"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0025030C" w:rsidRPr="007E36D7" w14:paraId="51E70C14" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="0025030C" w:rsidRPr="00B26C23" w14:paraId="51E70C14" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C843C19" w14:textId="77777777" w:rsidR="0025030C" w:rsidRPr="007E36D7" w:rsidRDefault="0025030C" w:rsidP="00701425">
+          <w:p w14:paraId="0C843C19" w14:textId="77777777" w:rsidR="0025030C" w:rsidRPr="00B26C23" w:rsidRDefault="0025030C" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:right="61"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidR="00701425" w:rsidRPr="007E36D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+            <w:r w:rsidR="00701425" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>. No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4009" w:type="pct"/>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48024992" w14:textId="77777777" w:rsidR="0025030C" w:rsidRPr="007E36D7" w:rsidRDefault="0025030C" w:rsidP="00701425">
+          <w:p w14:paraId="48024992" w14:textId="1E471E30" w:rsidR="0025030C" w:rsidRPr="00B26C23" w:rsidRDefault="0025030C" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Nomenclature</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:r w:rsidR="00207328" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ACD529D" w14:textId="77777777" w:rsidR="0025030C" w:rsidRPr="007E36D7" w:rsidRDefault="0078640A" w:rsidP="00701425">
+          <w:p w14:paraId="1ACD529D" w14:textId="77777777" w:rsidR="0025030C" w:rsidRPr="00B26C23" w:rsidRDefault="0078640A" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1170"/>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
-            <w:r w:rsidR="0025030C" w:rsidRPr="007E36D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
+            <w:r w:rsidR="0025030C" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="2814AAEB" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="0053508B" w:rsidRPr="00B26C23" w14:paraId="55E06BD5" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="261"/>
+          <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27C73A34" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="7FAFD1EF" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="211095B0" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="1715BAE2" w14:textId="01BFAB49" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...6 lines deleted...]
-              <w:t>Abstract Word Count mentioned (Count_______________)</w:t>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Author is Corresponding Author</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="144B4EA4" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="37AF29B9" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="6754CC64" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="0053508B" w:rsidRPr="00B26C23" w14:paraId="7BFA0358" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="239"/>
+          <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BEDBBD5" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="1D95AB1D" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4BB8A4" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="11D23E1F" w14:textId="311AD175" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...6 lines deleted...]
-              <w:t>Article Word Count Mentioned (Count_______________) Excluding</w:t>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>All Authors from Same Institute</w:t>
             </w:r>
-            <w:r w:rsidR="00BB4488" w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35F73263" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="49A5E2C9" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="6E856AD3" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="0053508B" w:rsidRPr="00B26C23" w14:paraId="70CC7CD1" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="283"/>
+          <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B31FCA8" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="415F4E5D" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07B69B31" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="004E2852" w14:textId="6CE24959" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Submission of the article to any other journal </w:t>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All Authors from Same Department </w:t>
             </w:r>
-            <w:r w:rsidR="00AC6038" w:rsidRPr="007E36D7">
-[...30 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="036C5855" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="516D7FCB" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A705B" w:rsidRPr="007E36D7" w14:paraId="121D4B36" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="2814AAEB" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="275"/>
+          <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F601877" w14:textId="77777777" w:rsidR="001A705B" w:rsidRPr="007E36D7" w:rsidRDefault="001A705B" w:rsidP="00701425">
+          <w:p w14:paraId="27C73A34" w14:textId="2D04C5CF" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="749751C9" w14:textId="77777777" w:rsidR="001A705B" w:rsidRPr="007E36D7" w:rsidRDefault="001A705B" w:rsidP="00701425">
+          <w:p w14:paraId="211095B0" w14:textId="1E405F40" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Short </w:t>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Abstract Word Count (250 words) and proper Headings</w:t>
             </w:r>
-            <w:r w:rsidR="00701425" w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C2993F0" w14:textId="77777777" w:rsidR="001A705B" w:rsidRPr="007E36D7" w:rsidRDefault="001A705B" w:rsidP="00701425">
+          <w:p w14:paraId="144B4EA4" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="7C3D8C13" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="6754CC64" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="239"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08DB1530" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="3BEDBBD5" w14:textId="2B2565C6" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57C87940" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="2A4BB8A4" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Institution Review Board / Ethical Review Committee Certificate attached</w:t>
+              <w:t>Article Word Count Mentioned (Count_______________) Excluding</w:t>
             </w:r>
-            <w:r w:rsidR="00701425" w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00BB4488" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> [setting(s) (where study has been conducted]</w:t>
+              <w:t xml:space="preserve"> references</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40E06989" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="35F73263" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="635BCBE2" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="6E856AD3" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="239"/>
+          <w:trHeight w:val="387"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6033B6E7" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="3B31FCA8" w14:textId="54BE3305" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AFC9B74" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="07B69B31" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Author’s certificate with detailed contribution, signatures, emails, affiliations</w:t>
+              <w:t xml:space="preserve">Submission of the article to any other journal </w:t>
             </w:r>
-            <w:r w:rsidR="00735628" w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00AC6038" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and cell numbers of all the authors is attached (Authors names in order as</w:t>
+              <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00F54025" w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> agreed by the authors)</w:t>
+              <w:t>Yes, No</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:r w:rsidR="00AC6038" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07E47B53" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="036C5855" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="181E53EF" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="001A705B" w:rsidRPr="00B26C23" w14:paraId="121D4B36" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="263"/>
+          <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53A987CC" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="0F601877" w14:textId="1FB83BB5" w:rsidR="001A705B" w:rsidRPr="00B26C23" w:rsidRDefault="001A705B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29CB9020" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="749751C9" w14:textId="77777777" w:rsidR="001A705B" w:rsidRPr="00B26C23" w:rsidRDefault="001A705B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Conflict of interest must be mentioned in the article</w:t>
+              <w:t xml:space="preserve">Short </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:r w:rsidR="00701425" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Running Title </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0164EE80" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="6C2993F0" w14:textId="77777777" w:rsidR="001A705B" w:rsidRPr="00B26C23" w:rsidRDefault="001A705B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="2C0C382D" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="7C3D8C13" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="261"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E86AA7A" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="08DB1530" w14:textId="79D75003" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F46E791" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="57C87940" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Acknowledgement (if any) mentioned in the article</w:t>
+              <w:t>Institution Review Board / Ethical Review Committee Certificate attached</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:r w:rsidR="00701425" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [setting(s) (where study has been conducted]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2E94B9" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="40E06989" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="6A157756" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="635BCBE2" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="239"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD3EE50" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="6033B6E7" w14:textId="54258B4F" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6A5658" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="3AFC9B74" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Disclosure (if any) mentioned Presentation of the article in any conference,</w:t>
+              <w:t>Author’s certificate with detailed contribution, signatures, emails, affiliations</w:t>
             </w:r>
-            <w:r w:rsidR="00701425" w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00735628" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> seminar, sym</w:t>
+              <w:t xml:space="preserve"> and cell numbers of all the authors is attached (Authors names in order as</w:t>
             </w:r>
-            <w:r w:rsidR="00D2487B">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00F54025" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">posium before submission to </w:t>
+              <w:t xml:space="preserve"> agreed by the authors)</w:t>
             </w:r>
-            <w:r w:rsidR="00701425" w:rsidRPr="007E36D7">
-[...21 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="567F3B5E" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="07E47B53" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="5550112C" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="0053508B" w:rsidRPr="00B26C23" w14:paraId="3A425CAC" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="263"/>
+          <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5490178D" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="57CAE4F2" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36E458FC" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="1DBE0623" w14:textId="3E073B1E" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...6 lines deleted...]
-              <w:t>Funding source (Must be mentioned)</w:t>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Similarity Index is not more than 19%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71369070" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="1DFE279C" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="448B7593" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="0053508B" w:rsidRPr="00B26C23" w14:paraId="181E53EF" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="261"/>
+          <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BAFA1D1" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="53A987CC" w14:textId="3F5E383B" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDFD127" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="008756FD" w:rsidP="00701425">
+          <w:p w14:paraId="29CB9020" w14:textId="3673C065" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...6 lines deleted...]
-              <w:t>Abstract</w:t>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>AI Index is not more than 19%</w:t>
             </w:r>
-            <w:r w:rsidR="00E34FFF" w:rsidRPr="007E36D7">
-[...21 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74679351" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="0164EE80" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="37B37CDC" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="0053508B" w:rsidRPr="00B26C23" w14:paraId="52502833" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="263"/>
+          <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="352A58A7" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="65BC2D65" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3497C6C0" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="7F267140" w14:textId="11415FFD" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Manuscript structured according to the </w:t>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>RCT Number is present in case of RCT Article</w:t>
             </w:r>
-            <w:r w:rsidR="00414B0B" w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB0838D" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="00D3A43B" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="4FEAA813" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="0053508B" w:rsidRPr="00B26C23" w14:paraId="0323E422" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="261"/>
+          <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC9C615" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="73763866" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...12 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06C0FC62" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="195EA65B" w14:textId="0F14F33E" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Total no</w:t>
+              <w:t>Conflict of interest must be mentioned in the article</w:t>
             </w:r>
-            <w:r w:rsidR="00EB0F8E" w:rsidRPr="007E36D7">
-[...30 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="349EECAE" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="5F20A9ED" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003951C1" w:rsidRPr="007E36D7" w14:paraId="52E19D83" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="0053508B" w:rsidRPr="00B26C23" w14:paraId="40F9CD72" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="239"/>
+          <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="783ECB13" w14:textId="77777777" w:rsidR="003951C1" w:rsidRPr="007E36D7" w:rsidRDefault="00D2487B" w:rsidP="00701425">
+          <w:p w14:paraId="52AA8A91" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-            <w:tcW w:w="4009" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C018081" w14:textId="77777777" w:rsidR="003951C1" w:rsidRPr="007E36D7" w:rsidRDefault="003951C1" w:rsidP="00701425">
+          <w:p w14:paraId="7392B071" w14:textId="2D5B9235" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...6 lines deleted...]
-              <w:t>References in Vancouver style</w:t>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Study is not older </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">then </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00AB9E39" w14:textId="77777777" w:rsidR="003951C1" w:rsidRPr="007E36D7" w:rsidRDefault="003951C1" w:rsidP="00701425">
+          <w:p w14:paraId="5D87E219" w14:textId="77777777" w:rsidR="0053508B" w:rsidRPr="00B26C23" w:rsidRDefault="0053508B" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w14:paraId="05972A8D" w14:textId="77777777" w:rsidTr="00875ED3">
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="2C0C382D" w14:textId="77777777" w:rsidTr="00B26C23">
         <w:trPr>
-          <w:trHeight w:val="270"/>
+          <w:trHeight w:val="356"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34649C42" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="5E86AA7A" w14:textId="1CA003CE" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:ind w:right="316"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4009" w:type="pct"/>
+            <w:tcW w:w="4010" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12CB63F9" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="6F46E791" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="93" w:right="316"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E36D7">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(References mentioned as 1,</w:t>
+              <w:t>Acknowledgement (if any) mentioned in the article</w:t>
             </w:r>
-            <w:r w:rsidR="00701425" w:rsidRPr="007E36D7">
-[...118 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20D424DE" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00701425">
+          <w:p w14:paraId="0E2E94B9" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1235"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="6A157756" w14:textId="77777777" w:rsidTr="00B26C23">
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD3EE50" w14:textId="41BEBD8B" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:ind w:right="316"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6A5658" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:left="93" w:right="316"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Disclosure (if any) mentioned Presentation of the article in any conference,</w:t>
+            </w:r>
+            <w:r w:rsidR="00701425" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> seminar, sym</w:t>
+            </w:r>
+            <w:r w:rsidR="00D2487B" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">posium before submission to </w:t>
+            </w:r>
+            <w:r w:rsidR="00701425" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidR="00D2487B" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>BUMDC.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="567F3B5E" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1235"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="5550112C" w14:textId="77777777" w:rsidTr="00B26C23">
+        <w:trPr>
+          <w:trHeight w:val="359"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5490178D" w14:textId="4D7A50D1" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:ind w:right="316"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E458FC" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:left="93" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Funding source (Must be mentioned)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71369070" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1235"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="448B7593" w14:textId="77777777" w:rsidTr="00B26C23">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAFA1D1" w14:textId="687B3B2A" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:ind w:right="316"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDFD127" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="008756FD" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:left="93" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Abstract</w:t>
+            </w:r>
+            <w:r w:rsidR="00E34FFF" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> according to </w:t>
+            </w:r>
+            <w:r w:rsidR="00701425" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Author’s Guidelines</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74679351" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1235"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="37B37CDC" w14:textId="77777777" w:rsidTr="00B26C23">
+        <w:trPr>
+          <w:trHeight w:val="359"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="352A58A7" w14:textId="5A99A0E9" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:ind w:right="316"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3497C6C0" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:left="93" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Manuscript structured according to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00414B0B" w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Journal’s Guidelines</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB0838D" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1235"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w14:paraId="4FEAA813" w14:textId="77777777" w:rsidTr="00B26C23">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC9C615" w14:textId="52BEDEA3" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:ind w:right="316"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C0FC62" w14:textId="4FF6260F" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00B26C23" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:left="93" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Maximum 4–6 tables/figures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="349EECAE" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="00B26C23" w:rsidRDefault="00E34FFF" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1235"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003951C1" w:rsidRPr="00B26C23" w14:paraId="52E19D83" w14:textId="77777777" w:rsidTr="00B26C23">
+        <w:trPr>
+          <w:trHeight w:val="326"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="783ECB13" w14:textId="7F7004CD" w:rsidR="003951C1" w:rsidRPr="00B26C23" w:rsidRDefault="003951C1" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:ind w:right="316"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4010" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="741FA125" w14:textId="77777777" w:rsidR="00643882" w:rsidRPr="00643882" w:rsidRDefault="003951C1" w:rsidP="00643882">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:left="86" w:right="317"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00643882">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>References in Vancouver style</w:t>
+            </w:r>
+            <w:r w:rsidR="00643882" w:rsidRPr="00643882">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DC173EF" w14:textId="2EEA788E" w:rsidR="00643882" w:rsidRPr="00B26C23" w:rsidRDefault="00643882" w:rsidP="00643882">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:left="86" w:right="317"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>References mentioned as 1, 2, 3 and so on as they appear in the text and as superscript not by full names of authors. At the end of the manuscript the references should also be numbered accordingly. DOI  number  of  those references where it is available)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71895676" w14:textId="77777777" w:rsidR="00643882" w:rsidRPr="00B26C23" w:rsidRDefault="00643882" w:rsidP="00643882">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:left="86" w:right="317"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C018081" w14:textId="3CC6E760" w:rsidR="003951C1" w:rsidRPr="00B26C23" w:rsidRDefault="00643882" w:rsidP="00643882">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:ind w:left="93" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B26C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>JBUMDC follows Index Medicus style for references and abbreviated journal names according to the list of Journals indexed in Index Medicus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="597" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00AB9E39" w14:textId="77777777" w:rsidR="003951C1" w:rsidRPr="00B26C23" w:rsidRDefault="003951C1" w:rsidP="0053508B">
+            <w:pPr>
+              <w:pStyle w:val="Style"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1235"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="134804CB" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00E34FFF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="4CECA19C" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00E34FFF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D00AA8D" w14:textId="77777777" w:rsidR="00E34FFF" w:rsidRPr="007E36D7" w:rsidRDefault="00E34FFF" w:rsidP="00E34FFF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -10169,56 +10366,51 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="158" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="7920"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DA6BE5" w14:paraId="08411B8A" w14:textId="77777777" w:rsidTr="00DA6BE5">
         <w:trPr>
           <w:trHeight w:val="652"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6AA77B9D" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">JOURNAL OF BAHRIA </w:t>
-[...4 lines deleted...]
-              <w:t>UNIVERSITY MEDICAL AND DENTAL COLLEGE</w:t>
+              <w:t>JOURNAL OF BAHRIA UNIVERSITY MEDICAL AND DENTAL COLLEGE</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="008A55FE">
               <w:t>DISCLOSURE FORM</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="363E1F3C" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="005462BF" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA6BE5" w14:paraId="1C2EDB38" w14:textId="77777777" w:rsidTr="00DA6BE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44CA2F56" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="009C7762" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C7762">
               <w:rPr>
@@ -10228,50 +10420,51 @@
               <w:t>Date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1046521664"/>
             <w:placeholder>
               <w:docPart w:val="56317B9803464717B98EEB6F9C3F5BB8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date w:fullDate="2021-08-26T00:00:00Z">
               <w:dateFormat w:val="M/d/yyyy"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:permStart w:id="1890007850" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7920" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="1B86C48B" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                 <w:r w:rsidRPr="00B14F4D">
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:permEnd w:id="1890007850" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DA6BE5" w14:paraId="5F7B1404" w14:textId="77777777" w:rsidTr="00DA6BE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C9CBB33" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="009C7762" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
@@ -10286,50 +10479,51 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Your Name</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-998108209"/>
             <w:placeholder>
               <w:docPart w:val="14A63B435F574D25B3CEBD94787D5D9D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w15:color w:val="FFFF99"/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7920" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="33C674C9" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                 <w:r w:rsidRPr="00F020A6">
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DA6BE5" w14:paraId="7647B3F8" w14:textId="77777777" w:rsidTr="00DA6BE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FBBC4DC" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="009C7762" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
             <w:pPr>
@@ -10343,50 +10537,51 @@
             <w:r w:rsidRPr="009C7762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Manuscript Title</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-780876087"/>
             <w:placeholder>
               <w:docPart w:val="731965864C1841048F226FF77AFE71AB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7920" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="317BD283" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                 <w:r w:rsidRPr="00DD2055">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:permEnd w:id="1706113109"/>
       <w:tr w:rsidR="00DA6BE5" w14:paraId="1909E761" w14:textId="77777777" w:rsidTr="00DA6BE5">
         <w:tc>
           <w:tcPr>
@@ -10395,50 +10590,51 @@
           <w:p w14:paraId="37D01CC4" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="009C7762" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C7762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Manuscript Number (if known):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="663978353"/>
             <w:placeholder>
               <w:docPart w:val="903E8DE3ACAF4956B985DE47E3FC93D9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:permStart w:id="712119875" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7920" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="45EC65CB" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                 <w:r w:rsidRPr="00DD2055">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:permEnd w:id="712119875" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DA6BE5" w14:paraId="409F9D9D" w14:textId="77777777" w:rsidTr="00DA6BE5">
         <w:tc>
@@ -10689,50 +10885,51 @@
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8072"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="326692CD" w14:textId="77777777" w:rsidTr="005A7914">
               <w:permStart w:id="1959139458" w:edGrp="everyone" w:displacedByCustomXml="next"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:id w:val="-236325460"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="0AAFEF66" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
@@ -10977,50 +11174,51 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="431"/>
               <w:gridCol w:w="7917"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="3600A1BE" w14:textId="77777777" w:rsidTr="005A7914">
               <w:permStart w:id="898304822" w:edGrp="everyone" w:displacedByCustomXml="next"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-1284269368"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="431" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="203A1C7C" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
               <w:permEnd w:id="898304822" w:displacedByCustomXml="prev"/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7917" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="70638C0C" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
@@ -11160,50 +11358,51 @@
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8100"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="275FB7B9" w14:textId="77777777" w:rsidTr="005A7914">
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="1088809803"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:permStart w:id="1653812332" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="38A76AA3" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:permEnd w:id="1653812332" w:displacedByCustomXml="next"/>
                 </w:sdtContent>
               </w:sdt>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8100" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="09B2B1E8" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
@@ -11342,50 +11541,51 @@
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="521"/>
               <w:gridCol w:w="8005"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="757406D9" w14:textId="77777777" w:rsidTr="005A7914">
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-75518155"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:permStart w:id="1659847569" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="521" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="00D0870F" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:permEnd w:id="1659847569" w:displacedByCustomXml="next"/>
                 </w:sdtContent>
               </w:sdt>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8005" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="5AD9ED5E" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:r w:rsidRPr="00045C5A">
                     <w:rPr>
@@ -11530,50 +11730,51 @@
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8100"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="3C6E4F68" w14:textId="77777777" w:rsidTr="005A7914">
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-1251578753"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:permStart w:id="1488341345" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="0D6EA973" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                   <w:permEnd w:id="1488341345" w:displacedByCustomXml="next"/>
                 </w:sdtContent>
               </w:sdt>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8100" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="69675680" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
@@ -11712,50 +11913,51 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8100"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="3CFF48EF" w14:textId="77777777" w:rsidTr="005A7914">
               <w:permStart w:id="1131352229" w:edGrp="everyone" w:displacedByCustomXml="next"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-1080058203"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="7A5DEC11" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
               <w:permEnd w:id="1131352229" w:displacedByCustomXml="prev"/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8100" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="003644F0" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
@@ -11896,50 +12098,51 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8100"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="1C9DCA18" w14:textId="77777777" w:rsidTr="005A7914">
               <w:permStart w:id="1699966532" w:edGrp="everyone" w:displacedByCustomXml="next"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-1776008275"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="21049CB5" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
               <w:permEnd w:id="1699966532" w:displacedByCustomXml="prev"/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8100" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="48FC92F0" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
@@ -12077,50 +12280,51 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8100"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="2CCC0776" w14:textId="77777777" w:rsidTr="005A7914">
               <w:permStart w:id="2124699493" w:edGrp="everyone" w:displacedByCustomXml="next"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-56012566"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="04E19603" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
               <w:permEnd w:id="2124699493" w:displacedByCustomXml="prev"/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8100" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="5D44A071" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
@@ -12272,50 +12476,51 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8100"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="585358C4" w14:textId="77777777" w:rsidTr="005A7914">
               <w:permStart w:id="1444313291" w:edGrp="everyone" w:displacedByCustomXml="next"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-1702156611"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="10D31324" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
               <w:permEnd w:id="1444313291" w:displacedByCustomXml="prev"/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8100" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="0C920195" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
@@ -12450,50 +12655,51 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8100"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="5A4E7A8F" w14:textId="77777777" w:rsidTr="005A7914">
               <w:permStart w:id="846529093" w:edGrp="everyone" w:displacedByCustomXml="next"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-1517459254"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="522050F4" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
               <w:permEnd w:id="846529093" w:displacedByCustomXml="prev"/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8100" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="3CCE8844" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
@@ -12634,50 +12840,51 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8100"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="3D5EB816" w14:textId="77777777" w:rsidTr="005A7914">
               <w:permStart w:id="984308753" w:edGrp="everyone" w:displacedByCustomXml="next"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="221563809"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="3C665917" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
               <w:permEnd w:id="984308753" w:displacedByCustomXml="prev"/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8100" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="3D749AAD" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
@@ -12827,50 +13034,51 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8100"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="70048362" w14:textId="77777777" w:rsidTr="005A7914">
               <w:permStart w:id="351828803" w:edGrp="everyone" w:displacedByCustomXml="next"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-393587231"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="1C6459C1" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
               <w:permEnd w:id="351828803" w:displacedByCustomXml="prev"/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8100" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="50D3FFAD" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
@@ -13011,50 +13219,51 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="426"/>
               <w:gridCol w:w="8100"/>
             </w:tblGrid>
             <w:tr w:rsidR="00DA6BE5" w14:paraId="7EBF59F8" w14:textId="77777777" w:rsidTr="005A7914">
               <w:permStart w:id="1782777922" w:edGrp="everyone" w:displacedByCustomXml="next"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-832988900"/>
                   <w14:checkbox>
                     <w14:checked w14:val="0"/>
                     <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                     <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                   </w14:checkbox>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="426" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="157B9ECF" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
               <w:permEnd w:id="1782777922" w:displacedByCustomXml="prev"/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8100" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="42883754" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRPr="00045C5A" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
@@ -13191,50 +13400,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00621D7D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Please place an “X” next to the following statement to indicate your agreement:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA6BE5" w14:paraId="37E0E032" w14:textId="77777777" w:rsidTr="005A7914">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:permStart w:id="790315513" w:edGrp="everyone" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1680963496"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="203" w:type="pct"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
               <w:p w14:paraId="181409B1" w14:textId="77777777" w:rsidR="00DA6BE5" w:rsidRDefault="00DA6BE5" w:rsidP="005A7914">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:permEnd w:id="790315513" w:displacedByCustomXml="prev"/>
         <w:tc>
           <w:tcPr>
@@ -13268,58 +13478,58 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DA6BE5" w:rsidRPr="007E36D7" w:rsidSect="00DA6BE5">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="630" w:right="960" w:bottom="0" w:left="960" w:header="0" w:footer="0" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="0" w:equalWidth="0">
         <w:col w:w="10320"/>
       </w:cols>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5245B5FE" w14:textId="77777777" w:rsidR="00BC230C" w:rsidRDefault="00BC230C" w:rsidP="00324C3B">
+    <w:p w14:paraId="19C3A362" w14:textId="77777777" w:rsidR="003502DB" w:rsidRDefault="003502DB" w:rsidP="00324C3B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29AA7B0A" w14:textId="77777777" w:rsidR="00BC230C" w:rsidRDefault="00BC230C" w:rsidP="00324C3B">
+    <w:p w14:paraId="4D72AE3F" w14:textId="77777777" w:rsidR="003502DB" w:rsidRDefault="003502DB" w:rsidP="00324C3B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -13385,58 +13595,58 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29D7034E" w14:textId="77777777" w:rsidR="00BC230C" w:rsidRDefault="00BC230C" w:rsidP="00324C3B">
+    <w:p w14:paraId="320710ED" w14:textId="77777777" w:rsidR="003502DB" w:rsidRDefault="003502DB" w:rsidP="00324C3B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="698B03A6" w14:textId="77777777" w:rsidR="00BC230C" w:rsidRDefault="00BC230C" w:rsidP="00324C3B">
+    <w:p w14:paraId="17599F76" w14:textId="77777777" w:rsidR="003502DB" w:rsidRDefault="003502DB" w:rsidP="00324C3B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="515F007C"/>
     <w:lvl w:ilvl="0" w:tplc="62003466">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A4EEEBE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -13753,50 +13963,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0775375B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C9369E8A"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C6E5752"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4C3E3E72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13874,51 +14170,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4415" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4840" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45D12A0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B7C930A"/>
     <w:lvl w:ilvl="0" w:tplc="73864BB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1009" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1729" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13963,51 +14259,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5329" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6049" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6769" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4843690B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2BDC244C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14112,51 +14408,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69897C9F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FAE49800"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2.1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -14201,51 +14497,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B766EAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5C8A69C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14314,51 +14610,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C276BAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1FC88EA8"/>
     <w:lvl w:ilvl="0" w:tplc="0C5A514C">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="784" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1504" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -14403,51 +14699,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5104" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5824" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6544" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DE10E46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B02643B2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14502,72 +14798,75 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049" style="mso-position-vertical-relative:line" fillcolor="white">
       <v:fill color="white"/>
       <v:stroke weight="3pt" linestyle="thinThin"/>
       <o:colormru v:ext="edit" colors="#851613"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -14607,162 +14906,167 @@
     <w:rsid w:val="000F132C"/>
     <w:rsid w:val="000F4044"/>
     <w:rsid w:val="001106B8"/>
     <w:rsid w:val="001109A9"/>
     <w:rsid w:val="00117AC9"/>
     <w:rsid w:val="00120045"/>
     <w:rsid w:val="00125E69"/>
     <w:rsid w:val="00130A57"/>
     <w:rsid w:val="00135777"/>
     <w:rsid w:val="001360AF"/>
     <w:rsid w:val="001413BF"/>
     <w:rsid w:val="001432A6"/>
     <w:rsid w:val="00152F32"/>
     <w:rsid w:val="0015667D"/>
     <w:rsid w:val="00173BED"/>
     <w:rsid w:val="00181AF6"/>
     <w:rsid w:val="00194286"/>
     <w:rsid w:val="001A705B"/>
     <w:rsid w:val="001B73EA"/>
     <w:rsid w:val="001C5F11"/>
     <w:rsid w:val="001C7F09"/>
     <w:rsid w:val="001E6DE7"/>
     <w:rsid w:val="002022EA"/>
     <w:rsid w:val="00205A19"/>
     <w:rsid w:val="00205E17"/>
+    <w:rsid w:val="00207328"/>
     <w:rsid w:val="00212CAC"/>
     <w:rsid w:val="00213EA9"/>
     <w:rsid w:val="00230F39"/>
     <w:rsid w:val="002350BE"/>
     <w:rsid w:val="00242F0C"/>
     <w:rsid w:val="0025030C"/>
     <w:rsid w:val="00261360"/>
     <w:rsid w:val="002723CE"/>
     <w:rsid w:val="0027726B"/>
     <w:rsid w:val="00292A8E"/>
     <w:rsid w:val="00297315"/>
     <w:rsid w:val="002A1BCE"/>
     <w:rsid w:val="002A2E9A"/>
     <w:rsid w:val="002B0F99"/>
     <w:rsid w:val="002C1CFC"/>
     <w:rsid w:val="002D296D"/>
     <w:rsid w:val="002E2C08"/>
     <w:rsid w:val="002E3FFA"/>
     <w:rsid w:val="0031053E"/>
     <w:rsid w:val="00322BA2"/>
     <w:rsid w:val="00324C3B"/>
     <w:rsid w:val="00325BDA"/>
     <w:rsid w:val="003309FC"/>
     <w:rsid w:val="003401FD"/>
     <w:rsid w:val="00347F6C"/>
+    <w:rsid w:val="003502DB"/>
     <w:rsid w:val="00363BE6"/>
     <w:rsid w:val="003667F8"/>
     <w:rsid w:val="00377156"/>
     <w:rsid w:val="00377658"/>
     <w:rsid w:val="003819B7"/>
     <w:rsid w:val="003912A0"/>
     <w:rsid w:val="003951C1"/>
     <w:rsid w:val="003A719D"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B4FC6"/>
     <w:rsid w:val="003C1D6A"/>
     <w:rsid w:val="003D4377"/>
     <w:rsid w:val="003E2744"/>
     <w:rsid w:val="003F4B6B"/>
     <w:rsid w:val="00414B0B"/>
     <w:rsid w:val="004218F4"/>
     <w:rsid w:val="00422D10"/>
     <w:rsid w:val="00423A98"/>
     <w:rsid w:val="004275F8"/>
     <w:rsid w:val="00432487"/>
     <w:rsid w:val="00450D77"/>
     <w:rsid w:val="00451413"/>
     <w:rsid w:val="00453285"/>
     <w:rsid w:val="004537E0"/>
     <w:rsid w:val="00475764"/>
     <w:rsid w:val="00480542"/>
     <w:rsid w:val="00480929"/>
     <w:rsid w:val="00481816"/>
     <w:rsid w:val="00492D92"/>
     <w:rsid w:val="004B2BA6"/>
     <w:rsid w:val="004C4F47"/>
     <w:rsid w:val="004F59C7"/>
     <w:rsid w:val="00501018"/>
     <w:rsid w:val="00525737"/>
     <w:rsid w:val="00526C0E"/>
     <w:rsid w:val="00527294"/>
     <w:rsid w:val="00527F5E"/>
     <w:rsid w:val="005307BD"/>
     <w:rsid w:val="0053457C"/>
+    <w:rsid w:val="0053508B"/>
     <w:rsid w:val="005474DA"/>
     <w:rsid w:val="0055266F"/>
     <w:rsid w:val="005602D2"/>
     <w:rsid w:val="00560E2E"/>
     <w:rsid w:val="005738DC"/>
     <w:rsid w:val="00577A54"/>
     <w:rsid w:val="00580D24"/>
     <w:rsid w:val="00582129"/>
     <w:rsid w:val="00582190"/>
     <w:rsid w:val="005825EC"/>
     <w:rsid w:val="00584632"/>
     <w:rsid w:val="00595915"/>
     <w:rsid w:val="00597F00"/>
     <w:rsid w:val="005A78AF"/>
     <w:rsid w:val="005B6FA8"/>
     <w:rsid w:val="005D06EA"/>
     <w:rsid w:val="005D0E70"/>
     <w:rsid w:val="005D4B9E"/>
     <w:rsid w:val="005D5AB2"/>
     <w:rsid w:val="005E496B"/>
     <w:rsid w:val="006176B8"/>
     <w:rsid w:val="006204A5"/>
     <w:rsid w:val="00643315"/>
+    <w:rsid w:val="00643882"/>
     <w:rsid w:val="006446D1"/>
     <w:rsid w:val="0065389C"/>
     <w:rsid w:val="0065489D"/>
     <w:rsid w:val="00655D26"/>
     <w:rsid w:val="006577DF"/>
     <w:rsid w:val="0066066B"/>
     <w:rsid w:val="006672C1"/>
     <w:rsid w:val="006713F0"/>
     <w:rsid w:val="00671D72"/>
     <w:rsid w:val="00672CC8"/>
     <w:rsid w:val="00676A54"/>
     <w:rsid w:val="006824B7"/>
     <w:rsid w:val="0068673E"/>
     <w:rsid w:val="006A2CC8"/>
     <w:rsid w:val="006B03BD"/>
     <w:rsid w:val="006B3B78"/>
     <w:rsid w:val="006D3FFE"/>
     <w:rsid w:val="006F193D"/>
     <w:rsid w:val="006F1C87"/>
     <w:rsid w:val="006F5C7C"/>
     <w:rsid w:val="0070073B"/>
     <w:rsid w:val="00701425"/>
     <w:rsid w:val="00705EAB"/>
     <w:rsid w:val="00714EBF"/>
     <w:rsid w:val="007175CA"/>
+    <w:rsid w:val="00717712"/>
     <w:rsid w:val="007202E6"/>
     <w:rsid w:val="0072187C"/>
     <w:rsid w:val="00724ACF"/>
     <w:rsid w:val="0072794A"/>
     <w:rsid w:val="00735628"/>
     <w:rsid w:val="00781C88"/>
     <w:rsid w:val="0078640A"/>
     <w:rsid w:val="00795200"/>
     <w:rsid w:val="00797114"/>
     <w:rsid w:val="007A1B03"/>
     <w:rsid w:val="007A69E2"/>
     <w:rsid w:val="007B2178"/>
     <w:rsid w:val="007B36FA"/>
     <w:rsid w:val="007B6B78"/>
     <w:rsid w:val="007B6FBC"/>
     <w:rsid w:val="007C59DD"/>
     <w:rsid w:val="007D6145"/>
     <w:rsid w:val="007E36D7"/>
     <w:rsid w:val="007E5293"/>
     <w:rsid w:val="007E54CB"/>
     <w:rsid w:val="008076A2"/>
     <w:rsid w:val="00811F11"/>
     <w:rsid w:val="008148DF"/>
     <w:rsid w:val="00831C22"/>
     <w:rsid w:val="00836E4E"/>
@@ -14790,87 +15094,90 @@
     <w:rsid w:val="00924F7B"/>
     <w:rsid w:val="00924F8B"/>
     <w:rsid w:val="009270F6"/>
     <w:rsid w:val="00933C69"/>
     <w:rsid w:val="00935051"/>
     <w:rsid w:val="00937F58"/>
     <w:rsid w:val="00952EFA"/>
     <w:rsid w:val="00954A6A"/>
     <w:rsid w:val="0095668E"/>
     <w:rsid w:val="0096033E"/>
     <w:rsid w:val="00963386"/>
     <w:rsid w:val="009670F6"/>
     <w:rsid w:val="00975C40"/>
     <w:rsid w:val="00986B4C"/>
     <w:rsid w:val="0099522D"/>
     <w:rsid w:val="009A0521"/>
     <w:rsid w:val="009C30DE"/>
     <w:rsid w:val="009E5E4A"/>
     <w:rsid w:val="009F2411"/>
     <w:rsid w:val="00A07203"/>
     <w:rsid w:val="00A127AB"/>
     <w:rsid w:val="00A13A96"/>
     <w:rsid w:val="00A23202"/>
     <w:rsid w:val="00A27008"/>
     <w:rsid w:val="00A75241"/>
+    <w:rsid w:val="00A869B5"/>
     <w:rsid w:val="00A91793"/>
     <w:rsid w:val="00A93D6C"/>
     <w:rsid w:val="00A94425"/>
     <w:rsid w:val="00AA24C5"/>
     <w:rsid w:val="00AB40C5"/>
     <w:rsid w:val="00AB458D"/>
     <w:rsid w:val="00AC2907"/>
     <w:rsid w:val="00AC29A2"/>
     <w:rsid w:val="00AC6038"/>
     <w:rsid w:val="00B005C6"/>
     <w:rsid w:val="00B03B89"/>
     <w:rsid w:val="00B06CA5"/>
     <w:rsid w:val="00B104B2"/>
+    <w:rsid w:val="00B26C23"/>
     <w:rsid w:val="00B354EB"/>
     <w:rsid w:val="00B35C7D"/>
     <w:rsid w:val="00B520A7"/>
     <w:rsid w:val="00B56A5A"/>
     <w:rsid w:val="00B60B37"/>
     <w:rsid w:val="00B63925"/>
     <w:rsid w:val="00B83FDD"/>
     <w:rsid w:val="00B93C69"/>
     <w:rsid w:val="00BA1BA2"/>
     <w:rsid w:val="00BB33BB"/>
     <w:rsid w:val="00BB4488"/>
     <w:rsid w:val="00BB59BE"/>
     <w:rsid w:val="00BC230C"/>
     <w:rsid w:val="00BC3BA5"/>
     <w:rsid w:val="00BD17A6"/>
     <w:rsid w:val="00BD29E0"/>
     <w:rsid w:val="00BE1839"/>
     <w:rsid w:val="00BE20B6"/>
     <w:rsid w:val="00BE6323"/>
     <w:rsid w:val="00BF10F8"/>
     <w:rsid w:val="00BF4AEE"/>
     <w:rsid w:val="00C00D45"/>
     <w:rsid w:val="00C0445B"/>
     <w:rsid w:val="00C13125"/>
+    <w:rsid w:val="00C133AD"/>
     <w:rsid w:val="00C13C6A"/>
     <w:rsid w:val="00C17B89"/>
     <w:rsid w:val="00C3309A"/>
     <w:rsid w:val="00C34142"/>
     <w:rsid w:val="00C50342"/>
     <w:rsid w:val="00C677A0"/>
     <w:rsid w:val="00C91A4E"/>
     <w:rsid w:val="00CB1408"/>
     <w:rsid w:val="00CB606B"/>
     <w:rsid w:val="00CB76EE"/>
     <w:rsid w:val="00CD0885"/>
     <w:rsid w:val="00CF29A2"/>
     <w:rsid w:val="00D06AAA"/>
     <w:rsid w:val="00D15297"/>
     <w:rsid w:val="00D20A5E"/>
     <w:rsid w:val="00D2487B"/>
     <w:rsid w:val="00D267FA"/>
     <w:rsid w:val="00D55CBB"/>
     <w:rsid w:val="00D62986"/>
     <w:rsid w:val="00D877DE"/>
     <w:rsid w:val="00DA2B01"/>
     <w:rsid w:val="00DA6BE5"/>
     <w:rsid w:val="00DB4F0E"/>
     <w:rsid w:val="00DC276A"/>
     <w:rsid w:val="00DC47C2"/>
@@ -15916,132 +16223,132 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="56317B9803464717B98EEB6F9C3F5BB8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D2B60971-C486-4AF9-9A30-E3D27EB9D9DF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="009362B7" w:rsidP="009362B7">
+        <w:p w:rsidR="005600E5" w:rsidRDefault="009362B7" w:rsidP="009362B7">
           <w:pPr>
             <w:pStyle w:val="56317B9803464717B98EEB6F9C3F5BB8"/>
           </w:pPr>
           <w:r w:rsidRPr="00B14F4D">
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14A63B435F574D25B3CEBD94787D5D9D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8FD24A5A-A50A-4EA5-A27D-14D086A07031}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="009362B7" w:rsidP="009362B7">
+        <w:p w:rsidR="005600E5" w:rsidRDefault="009362B7" w:rsidP="009362B7">
           <w:pPr>
             <w:pStyle w:val="14A63B435F574D25B3CEBD94787D5D9D"/>
           </w:pPr>
           <w:r w:rsidRPr="00F020A6">
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="731965864C1841048F226FF77AFE71AB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C89911A2-424A-4E6C-801B-C4A08194478F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="009362B7" w:rsidP="009362B7">
+        <w:p w:rsidR="005600E5" w:rsidRDefault="009362B7" w:rsidP="009362B7">
           <w:pPr>
             <w:pStyle w:val="731965864C1841048F226FF77AFE71AB"/>
           </w:pPr>
           <w:r w:rsidRPr="00DD2055">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="903E8DE3ACAF4956B985DE47E3FC93D9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F26C0AF4-4F4C-4152-89E7-B4EA955D6DC9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="009362B7" w:rsidP="009362B7">
+        <w:p w:rsidR="005600E5" w:rsidRDefault="009362B7" w:rsidP="009362B7">
           <w:pPr>
             <w:pStyle w:val="903E8DE3ACAF4956B985DE47E3FC93D9"/>
           </w:pPr>
           <w:r w:rsidRPr="00DD2055">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -16128,51 +16435,53 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009362B7"/>
     <w:rsid w:val="00207AF7"/>
+    <w:rsid w:val="005600E5"/>
     <w:rsid w:val="009362B7"/>
+    <w:rsid w:val="0098091D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
@@ -16912,77 +17221,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AC57835-12B1-40B3-BB48-FA509BEE2B22}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED9E6685-0D7C-4ACE-9526-A210817CEAC5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>7805</Characters>
+  <Pages>11</Pages>
+  <Words>1401</Words>
+  <Characters>7986</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
+  <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CtrlSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9156</CharactersWithSpaces>
+  <CharactersWithSpaces>9369</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>